--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6103</t>
+    <t>8,7377</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,0534</t>
+    <t>5,1282</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,1069</t>
+    <t>10,2564</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,7697</t>
+    <t>12,9586</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,6618</t>
+    <t>11,8343</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,5238</t>
+    <t>9,6647</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,481</t>
+    <t>5,5621</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,5209</t>
+    <t>16,7653</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,2478</t>
+    <t>5,3254</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3013</t>
+    <t>10,4536</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,6054</t>
+    <t>13,8067</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,9689</t>
+    <t>8,0868</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1098</t>
+    <t>3,1558</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9621</t>
+    <t>11,1243</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2449</t>
+    <t>12,426</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2731</t>
+    <t>11,4398</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,3829</t>
+    <t>14,5957</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1293</t>
+    <t>3,1755</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1788</t>
+    <t>4,2406</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>114,6744</t>
+    <t>116,3708</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,5802</t>
+    <t>7,6923</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,2886</t>
+    <t>7,3964</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,3362</t>
+    <t>8,4596</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,6084</t>
+    <t>6,7061</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,6647</t>
+    <t>4,7337</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,0253</t>
+    <t>6,1144</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,7259</t>
+    <t>17,9882</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,4985</t>
+    <t>3,5503</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>6,9971</t>
+    <t>7,1006</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>11,9922</t>
+    <t>12,1696</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,9261</t>
+    <t>3,9842</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,1914</t>
+    <t>7,2978</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,104</t>
+    <t>17,357</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,3576</t>
+    <t>8,4813</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,9125</t>
+    <t>10,0592</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,9427</t>
+    <t>11,1045</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,8328</t>
+    <t>7,9487</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,1351</t>
+    <t>9,2702</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,2983</t>
+    <t>17,5542</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,69</t>
+    <t>10,8481</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,7464</t>
+    <t>8,8757</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6336</t>
+    <t>12,8205</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,5364</t>
+    <t>12,7219</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3324</t>
+    <t>2,3669</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,6599</t>
+    <t>9,8028</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,5491</t>
+    <t>15,7791</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,2702</t>
+    <t>18,5404</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,7745</t>
+    <t>7,8895</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,3741</t>
+    <t>15,6016</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,0787</t>
+    <t>11,2426</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,2196</t>
+    <t>6,3116</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>8,9407</t>
+    <t>9,073</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,3858</t>
+    <t>7,4951</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>13,9942</t>
+    <t>14,2012</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,0855</t>
+    <t>8,2051</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3878</t>
+    <t>9,5266</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>8,8824</t>
+    <t>9,0138</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>11,8562</t>
+    <t>12,0316</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,5666</t>
+    <t>13,7673</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,0816</t>
+    <t>4,142</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3294</t>
+    <t>9,4675</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,8027</t>
+    <t>6,9034</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,4422</t>
+    <t>5,5227</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,4956</t>
+    <t>10,6509</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,3236</t>
+    <t>23,6686</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5034</t>
+    <t>18,7771</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7036</t>
+    <t>4,7732</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>22,6822</t>
+    <t>23,0178</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,3042</t>
+    <t>3,3531</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>12,828</t>
+    <t>13,0178</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,3275</t>
+    <t>7,4359</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,4927</t>
+    <t>17,7515</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,4111</t>
+    <t>13,6095</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,8591</t>
+    <t>4,931</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,414</t>
+    <t>6,5089</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,0914</t>
+    <t>14,2998</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6929</t>
+    <t>3,7475</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,4674</t>
+    <t>11,6371</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,0729</t>
+    <t>25,4438</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,5306</t>
+    <t>6,6272</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,8844</t>
+    <t>11,0454</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,0554</t>
+    <t>7,1598</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7396</t>
+    <t>11,9132</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,6463</t>
+    <t>15,8777</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,7998</t>
+    <t>14,0039</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,2945</t>
+    <t>13,4911</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,517</t>
+    <t>12,7022</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,0224</t>
+    <t>13,215</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,4704</t>
+    <t>4,5365</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5549</t>
+    <t>1,5779</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,4363</t>
+    <t>19,7239</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,2809</t>
+    <t>19,5661</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1953</t>
+    <t>11,3609</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>