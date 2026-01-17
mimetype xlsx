--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,7377</t>
+    <t>8,9001</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,1282</t>
+    <t>5,2235</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,2564</t>
+    <t>10,447</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,9586</t>
+    <t>13,1994</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,8343</t>
+    <t>12,0542</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,6647</t>
+    <t>9,8443</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,5621</t>
+    <t>5,6655</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,7653</t>
+    <t>17,0768</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,3254</t>
+    <t>5,4244</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,4536</t>
+    <t>10,6479</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,8067</t>
+    <t>14,0633</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,0868</t>
+    <t>8,2371</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1558</t>
+    <t>3,2145</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,1243</t>
+    <t>11,331</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,426</t>
+    <t>12,657</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,4398</t>
+    <t>11,6524</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,5957</t>
+    <t>14,8669</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1755</t>
+    <t>3,2346</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,2406</t>
+    <t>4,3194</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>116,3708</t>
+    <t>118,5334</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,6923</t>
+    <t>7,8353</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,3964</t>
+    <t>7,5339</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,4596</t>
+    <t>8,6168</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,7061</t>
+    <t>6,8307</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,7337</t>
+    <t>4,8217</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,1144</t>
+    <t>6,228</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,9882</t>
+    <t>18,3225</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5503</t>
+    <t>3,6163</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,1006</t>
+    <t>7,2325</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,1696</t>
+    <t>12,3958</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,9842</t>
+    <t>4,0583</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,2978</t>
+    <t>7,4335</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,357</t>
+    <t>17,6796</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,4813</t>
+    <t>8,6389</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,0592</t>
+    <t>10,2461</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,1045</t>
+    <t>11,3109</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,9487</t>
+    <t>8,0964</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,2702</t>
+    <t>9,4425</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,5542</t>
+    <t>17,8805</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,8481</t>
+    <t>11,0497</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,8757</t>
+    <t>9,0407</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,8205</t>
+    <t>13,0588</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,7219</t>
+    <t>12,9583</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3669</t>
+    <t>2,4108</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,8028</t>
+    <t>9,9849</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,7791</t>
+    <t>16,0723</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,5404</t>
+    <t>18,885</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,8895</t>
+    <t>8,0362</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,6016</t>
+    <t>15,8915</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,2426</t>
+    <t>11,4515</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,3116</t>
+    <t>6,4289</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,073</t>
+    <t>9,2416</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,4951</t>
+    <t>7,6344</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,2012</t>
+    <t>14,4651</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,2051</t>
+    <t>8,3576</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,5266</t>
+    <t>9,7037</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,0138</t>
+    <t>9,1813</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,0316</t>
+    <t>12,2551</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,7673</t>
+    <t>14,0231</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,142</t>
+    <t>4,219</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,4675</t>
+    <t>9,6434</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,9034</t>
+    <t>7,0316</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,5227</t>
+    <t>5,6253</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,6509</t>
+    <t>10,8488</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,6686</t>
+    <t>24,1085</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,7771</t>
+    <t>19,1261</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7732</t>
+    <t>4,8619</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,0178</t>
+    <t>23,4455</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,3531</t>
+    <t>3,4154</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,0178</t>
+    <t>13,2597</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,4359</t>
+    <t>7,5741</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,7515</t>
+    <t>18,0814</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,6095</t>
+    <t>13,8624</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,931</t>
+    <t>5,0226</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,5089</t>
+    <t>6,6298</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,2998</t>
+    <t>14,5655</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7475</t>
+    <t>3,8172</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,6371</t>
+    <t>11,8533</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,4438</t>
+    <t>25,9166</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,6272</t>
+    <t>6,7504</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,0454</t>
+    <t>11,2506</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,1598</t>
+    <t>7,2928</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,9132</t>
+    <t>12,1346</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,8777</t>
+    <t>16,1728</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,0039</t>
+    <t>14,2642</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,4911</t>
+    <t>13,7418</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,7022</t>
+    <t>12,9382</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,215</t>
+    <t>13,4606</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,5365</t>
+    <t>4,6208</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5779</t>
+    <t>1,6072</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,7239</t>
+    <t>20,0904</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,5661</t>
+    <t>19,9297</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,3609</t>
+    <t>11,5721</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>