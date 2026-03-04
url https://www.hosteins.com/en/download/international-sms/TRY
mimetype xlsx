--- v2 (2026-01-17)
+++ v3 (2026-03-04)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,9001</t>
+    <t>9,0639</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,2235</t>
+    <t>5,3197</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,447</t>
+    <t>10,6394</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,1994</t>
+    <t>13,4425</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,0542</t>
+    <t>12,2762</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,8443</t>
+    <t>10,0256</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,6655</t>
+    <t>5,7698</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,0768</t>
+    <t>17,3913</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,4244</t>
+    <t>5,5243</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,6479</t>
+    <t>10,844</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,0633</t>
+    <t>14,3223</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,2371</t>
+    <t>8,3887</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,2145</t>
+    <t>3,2737</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,331</t>
+    <t>11,5396</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,657</t>
+    <t>12,89</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,6524</t>
+    <t>11,867</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,8669</t>
+    <t>15,1407</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2346</t>
+    <t>3,2941</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3194</t>
+    <t>4,399</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>118,5334</t>
+    <t>120,7161</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,8353</t>
+    <t>7,9795</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,5339</t>
+    <t>7,6726</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,6168</t>
+    <t>8,7754</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,8307</t>
+    <t>6,9565</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,8217</t>
+    <t>4,9105</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,228</t>
+    <t>6,3427</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,3225</t>
+    <t>18,6598</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,6163</t>
+    <t>3,6829</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,2325</t>
+    <t>7,3657</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,3958</t>
+    <t>12,624</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,0583</t>
+    <t>4,133</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,4335</t>
+    <t>7,5703</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,6796</t>
+    <t>18,0051</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,6389</t>
+    <t>8,798</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,2461</t>
+    <t>10,4348</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,3109</t>
+    <t>11,5192</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,0964</t>
+    <t>8,2455</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,4425</t>
+    <t>9,6164</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,8805</t>
+    <t>18,2097</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,0497</t>
+    <t>11,2532</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,0407</t>
+    <t>9,2072</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,0588</t>
+    <t>13,2992</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,9583</t>
+    <t>13,1969</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,4108</t>
+    <t>2,4552</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,9849</t>
+    <t>10,1688</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,0723</t>
+    <t>16,3683</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,885</t>
+    <t>19,2327</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,0362</t>
+    <t>8,1841</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,8915</t>
+    <t>16,1841</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,4515</t>
+    <t>11,6624</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,4289</t>
+    <t>6,5473</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,2416</t>
+    <t>9,4118</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,6344</t>
+    <t>7,7749</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,4651</t>
+    <t>14,7315</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,3576</t>
+    <t>8,5115</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,7037</t>
+    <t>9,8824</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,1813</t>
+    <t>9,3504</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,2551</t>
+    <t>12,4808</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,0231</t>
+    <t>14,2813</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,219</t>
+    <t>4,2967</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,6434</t>
+    <t>9,821</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,0316</t>
+    <t>7,1611</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,6253</t>
+    <t>5,7289</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,8488</t>
+    <t>11,0486</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,1085</t>
+    <t>24,5524</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,1261</t>
+    <t>19,4783</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,8619</t>
+    <t>4,9514</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,4455</t>
+    <t>23,8772</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4154</t>
+    <t>3,4783</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,2597</t>
+    <t>13,5038</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,5741</t>
+    <t>7,7136</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,0814</t>
+    <t>18,4143</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,8624</t>
+    <t>14,1176</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,0226</t>
+    <t>5,1151</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,6298</t>
+    <t>6,7519</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,5655</t>
+    <t>14,8338</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8172</t>
+    <t>3,8875</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,8533</t>
+    <t>12,0716</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,9166</t>
+    <t>26,3939</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,7504</t>
+    <t>6,8747</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,2506</t>
+    <t>11,4578</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,2928</t>
+    <t>7,4271</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,1346</t>
+    <t>12,3581</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,1728</t>
+    <t>16,4706</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,2642</t>
+    <t>14,5269</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,7418</t>
+    <t>13,9949</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,9382</t>
+    <t>13,1765</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,4606</t>
+    <t>13,7084</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,6208</t>
+    <t>4,7059</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6072</t>
+    <t>1,6368</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,0904</t>
+    <t>20,4604</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,9297</t>
+    <t>20,2967</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,5721</t>
+    <t>11,7852</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>